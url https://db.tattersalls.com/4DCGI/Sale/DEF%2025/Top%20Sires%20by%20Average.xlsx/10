--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -1030,57 +1030,57 @@
       <c r="B5" t="inlineStr">
         <is>
           <t>Night of Thunder (IRE)</t>
         </is>
       </c>
       <c r="C5" s="2">
         <v>2</v>
       </c>
       <c r="D5" s="2">
         <v>330000</v>
       </c>
       <c r="E5" s="2">
         <v>660000</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Sea The Stars (IRE)</t>
         </is>
       </c>
       <c r="C6" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6" s="2">
-        <v>320000</v>
+        <v>260000</v>
       </c>
       <c r="E6" s="2">
-        <v>320000</v>
+        <v>520000</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1">
         <v>5</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Kingman (GB)</t>
         </is>
       </c>
       <c r="C7" s="2">
         <v>7</v>
       </c>
       <c r="D7" s="2">
         <v>240000</v>
       </c>
       <c r="E7" s="2">
         <v>1680000</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1">
         <v>6</v>
       </c>